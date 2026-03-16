--- v0 (2026-01-22)
+++ v1 (2026-03-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="carry_trade" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="49">
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Vto</t>
   </si>
   <si>
     <t>Dias al vto</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Pr finish</t>
   </si>
   <si>
     <t>Retorno total (%)</t>
   </si>
   <si>
     <t>TNA (%)</t>
   </si>
   <si>
     <t>TEM (%)</t>
   </si>
   <si>
@@ -66,129 +66,111 @@
   <si>
     <t>Spread vs TC</t>
   </si>
   <si>
     <t>Breakeven USD</t>
   </si>
   <si>
     <t>Carry 1350 (%)</t>
   </si>
   <si>
     <t>Carry 1400 (%)</t>
   </si>
   <si>
     <t>Carry 1450 (%)</t>
   </si>
   <si>
     <t>Carry 1500 (%)</t>
   </si>
   <si>
     <t>Carry 1550 (%)</t>
   </si>
   <si>
     <t>Carry 1600 (%)</t>
   </si>
   <si>
-    <t>T30E6</t>
-[...10 lines deleted...]
-  <si>
     <t>S17A6</t>
   </si>
   <si>
     <t>S30A6</t>
   </si>
   <si>
     <t>S29Y6</t>
   </si>
   <si>
     <t>TTJ26</t>
   </si>
   <si>
     <t>T30J6</t>
   </si>
   <si>
+    <t>S31L6</t>
+  </si>
+  <si>
     <t>S31G6</t>
   </si>
   <si>
     <t>TTS26</t>
   </si>
   <si>
     <t>S30O6</t>
   </si>
   <si>
     <t>S30N6</t>
   </si>
   <si>
     <t>TTD26</t>
   </si>
   <si>
     <t>T15E7</t>
   </si>
   <si>
     <t>T30A7</t>
   </si>
   <si>
     <t>T31Y7</t>
   </si>
   <si>
     <t>T30J7</t>
   </si>
   <si>
     <t>TY30P</t>
   </si>
   <si>
-    <t>30/01/2026</t>
-[...10 lines deleted...]
-  <si>
     <t>17/04/2026</t>
   </si>
   <si>
     <t>30/04/2026</t>
   </si>
   <si>
     <t>29/05/2026</t>
   </si>
   <si>
     <t>30/06/2026</t>
+  </si>
+  <si>
+    <t>31/07/2026</t>
   </si>
   <si>
     <t>31/08/2026</t>
   </si>
   <si>
     <t>15/09/2026</t>
   </si>
   <si>
     <t>30/10/2026</t>
   </si>
   <si>
     <t>30/11/2026</t>
   </si>
   <si>
     <t>15/12/2026</t>
   </si>
   <si>
     <t>15/01/2027</t>
   </si>
   <si>
     <t>30/04/2027</t>
   </si>
   <si>
     <t>31/05/2027</t>
   </si>
@@ -536,51 +518,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R20"/>
+  <dimension ref="A1:R17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -603,1107 +585,939 @@
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D2">
-        <v>141.09</v>
+        <v>107.5</v>
       </c>
       <c r="E2">
-        <v>142.23</v>
+        <v>110.13</v>
       </c>
       <c r="F2">
-        <v>0.8079948968743311</v>
+        <v>2.446511627906967</v>
       </c>
       <c r="G2">
-        <v>36.3597703593449</v>
+        <v>27.52325581395337</v>
       </c>
       <c r="H2">
-        <v>3.063802641686375</v>
+        <v>2.291866115508756</v>
       </c>
       <c r="I2">
-        <v>43.63952019987565</v>
+        <v>31.24815842699267</v>
       </c>
       <c r="J2">
-        <v>0.8079948968743311</v>
+        <v>2.446511627906967</v>
       </c>
       <c r="K2">
-        <v>11.56240697427165</v>
+        <v>34.03097674418586</v>
       </c>
       <c r="L2">
-        <v>1442.562406974272</v>
+        <v>1425.030976744186</v>
       </c>
       <c r="M2">
-        <v>6.85647459068679</v>
+        <v>5.55785012919896</v>
       </c>
       <c r="N2">
-        <v>3.040171926733692</v>
+        <v>1.787926910298987</v>
       </c>
       <c r="O2">
-        <v>-0.5129374500502326</v>
+        <v>-1.722001603849244</v>
       </c>
       <c r="P2">
-        <v>-3.829172868381892</v>
+        <v>-4.997934883720934</v>
       </c>
       <c r="Q2">
-        <v>-6.931457614563119</v>
+        <v>-8.062517629407361</v>
       </c>
       <c r="R2">
-        <v>-9.839849564108016</v>
+        <v>-10.93556395348838</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C3">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="D3">
-        <v>141.799</v>
+        <v>123.15</v>
       </c>
       <c r="E3">
-        <v>144.97</v>
+        <v>127.49</v>
       </c>
       <c r="F3">
-        <v>2.236264007503563</v>
+        <v>3.524157531465688</v>
       </c>
       <c r="G3">
-        <v>36.59341103187649</v>
+        <v>28.1932602517255</v>
       </c>
       <c r="H3">
-        <v>3.061791503854616</v>
+        <v>2.335850504159187</v>
       </c>
       <c r="I3">
-        <v>43.60588885338028</v>
+        <v>31.92698566616965</v>
       </c>
       <c r="J3">
-        <v>2.236264007503563</v>
+        <v>3.524157531465688</v>
       </c>
       <c r="K3">
-        <v>32.00093794737609</v>
+        <v>49.02103126268776</v>
       </c>
       <c r="L3">
-        <v>1463.000937947376</v>
+        <v>1440.021031262688</v>
       </c>
       <c r="M3">
-        <v>8.370439847953781</v>
+        <v>6.668224537976863</v>
       </c>
       <c r="N3">
-        <v>4.500066996241148</v>
+        <v>2.85864509019198</v>
       </c>
       <c r="O3">
-        <v>0.896616410163853</v>
+        <v>-0.6882047405042946</v>
       </c>
       <c r="P3">
-        <v>-2.46660413684161</v>
+        <v>-3.998597915820823</v>
       </c>
       <c r="Q3">
-        <v>-5.612842713072519</v>
+        <v>-7.095417337891108</v>
       </c>
       <c r="R3">
-        <v>-8.562441378288998</v>
+        <v>-9.998685546082021</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C4">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="D4">
-        <v>121.31</v>
+        <v>124.601</v>
       </c>
       <c r="E4">
-        <v>125.84</v>
+        <v>132.04</v>
       </c>
       <c r="F4">
-        <v>3.734234605556019</v>
+        <v>5.970257060537221</v>
       </c>
       <c r="G4">
-        <v>37.34234605556019</v>
+        <v>29.04449380801891</v>
       </c>
       <c r="H4">
-        <v>3.10231633294451</v>
+        <v>2.378726921456353</v>
       </c>
       <c r="I4">
-        <v>44.28496182036841</v>
+        <v>32.5918095203013</v>
       </c>
       <c r="J4">
-        <v>3.734234605556019</v>
+        <v>5.970257060537221</v>
       </c>
       <c r="K4">
-        <v>53.43689720550674</v>
+        <v>83.04627571207266</v>
       </c>
       <c r="L4">
-        <v>1484.436897205507</v>
+        <v>1474.046275712073</v>
       </c>
       <c r="M4">
-        <v>9.958288681889393</v>
+        <v>9.188613015709102</v>
       </c>
       <c r="N4">
-        <v>6.031206943250478</v>
+        <v>5.289019693719488</v>
       </c>
       <c r="O4">
-        <v>2.374958427965979</v>
+        <v>1.658363842211918</v>
       </c>
       <c r="P4">
-        <v>-1.037540186299557</v>
+        <v>-1.730248285861813</v>
       </c>
       <c r="Q4">
-        <v>-4.229877599644738</v>
+        <v>-4.900240276640466</v>
       </c>
       <c r="R4">
-        <v>-7.222693924655832</v>
+        <v>-7.872107767995451</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C5">
-        <v>53</v>
+        <v>106</v>
       </c>
       <c r="D5">
-        <v>143.4</v>
+        <v>151</v>
       </c>
       <c r="E5">
-        <v>135.24</v>
+        <v>146.08</v>
       </c>
       <c r="F5">
-        <v>-5.690376569037658</v>
+        <v>-3.258278145695359</v>
       </c>
       <c r="G5">
-        <v>-38.65161443119919</v>
+        <v>-11.06585030613518</v>
       </c>
       <c r="H5">
-        <v>-3.261857982156358</v>
+        <v>-0.9331309445179681</v>
       </c>
       <c r="I5">
-        <v>-32.83037815552488</v>
+        <v>-10.64039274350112</v>
       </c>
       <c r="J5">
-        <v>-5.690376569037658</v>
+        <v>-3.258278145695359</v>
       </c>
       <c r="K5">
-        <v>-81.42928870292894</v>
+        <v>-45.32264900662244</v>
       </c>
       <c r="L5">
-        <v>1349.570711297071</v>
+        <v>1345.677350993378</v>
       </c>
       <c r="M5">
-        <v>-0.03179916317991305</v>
+        <v>-0.3201962227127764</v>
       </c>
       <c r="N5">
-        <v>-3.602092050209194</v>
+        <v>-3.880189214758745</v>
       </c>
       <c r="O5">
-        <v>-6.926157841581304</v>
+        <v>-7.194665448732573</v>
       </c>
       <c r="P5">
-        <v>-10.02861924686193</v>
+        <v>-10.2881766004415</v>
       </c>
       <c r="Q5">
-        <v>-12.93092185180187</v>
+        <v>-13.18210638752403</v>
       </c>
       <c r="R5">
-        <v>-15.65183054393305</v>
+        <v>-15.8951655629139</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C6">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="D6">
-        <v>101.38</v>
+        <v>133.05</v>
       </c>
       <c r="E6">
-        <v>110.13</v>
+        <v>144.88</v>
       </c>
       <c r="F6">
-        <v>8.630893667390026</v>
+        <v>8.891394212701975</v>
       </c>
       <c r="G6">
-        <v>36.55437317953423</v>
+        <v>30.19718789219539</v>
       </c>
       <c r="H6">
-        <v>2.964951312218767</v>
+        <v>2.440071996172666</v>
       </c>
       <c r="I6">
-        <v>41.9949900621462</v>
+        <v>33.54834189422646</v>
       </c>
       <c r="J6">
-        <v>8.630893667390026</v>
+        <v>8.891394212701975</v>
       </c>
       <c r="K6">
-        <v>123.5080883803512</v>
+        <v>123.6792934986845</v>
       </c>
       <c r="L6">
-        <v>1554.508088380351</v>
+        <v>1514.679293498685</v>
       </c>
       <c r="M6">
-        <v>15.14874728743343</v>
+        <v>12.19846618508773</v>
       </c>
       <c r="N6">
-        <v>11.03629202716796</v>
+        <v>8.191378107048886</v>
       </c>
       <c r="O6">
-        <v>7.207454371058719</v>
+        <v>4.46064093094376</v>
       </c>
       <c r="P6">
-        <v>3.633872558690077</v>
+        <v>0.9786195665789643</v>
       </c>
       <c r="Q6">
-        <v>0.2908444116355602</v>
+        <v>-2.27875525814939</v>
       </c>
       <c r="R6">
-        <v>-2.843244476228046</v>
+        <v>-5.33254415633222</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C7">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="D7">
-        <v>115.85</v>
+        <v>105.71</v>
       </c>
       <c r="E7">
-        <v>127.49</v>
+        <v>117.68</v>
       </c>
       <c r="F7">
-        <v>10.04747518342683</v>
+        <v>11.3234320310283</v>
       </c>
       <c r="G7">
-        <v>36.90909251054755</v>
+        <v>29.75500387715466</v>
       </c>
       <c r="H7">
-        <v>2.97424035560927</v>
+        <v>2.376774479022026</v>
       </c>
       <c r="I7">
-        <v>42.14878829407762</v>
+        <v>32.56146914807645</v>
       </c>
       <c r="J7">
-        <v>10.04747518342683</v>
+        <v>11.3234320310283</v>
       </c>
       <c r="K7">
-        <v>143.779369874838</v>
+        <v>157.5089395516036</v>
       </c>
       <c r="L7">
-        <v>1574.779369874838</v>
+        <v>1548.508939551604</v>
       </c>
       <c r="M7">
-        <v>16.65032369443244</v>
+        <v>14.70436589271138</v>
       </c>
       <c r="N7">
-        <v>12.48424070534557</v>
+        <v>10.60778139654312</v>
       </c>
       <c r="O7">
-        <v>8.605473784471585</v>
+        <v>6.793719969076117</v>
       </c>
       <c r="P7">
-        <v>4.985291324989194</v>
+        <v>3.233929303440242</v>
       </c>
       <c r="Q7">
-        <v>1.598669024183086</v>
+        <v>-0.0961974482836303</v>
       </c>
       <c r="R7">
-        <v>-1.576289382822627</v>
+        <v>-3.218191278024773</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C8">
-        <v>127</v>
+        <v>168</v>
       </c>
       <c r="D8">
-        <v>116.7</v>
+        <v>111.7</v>
       </c>
       <c r="E8">
-        <v>132.04</v>
+        <v>127.06</v>
       </c>
       <c r="F8">
-        <v>13.14481576692372</v>
+        <v>13.75111906893465</v>
       </c>
       <c r="G8">
-        <v>37.26089508734283</v>
+        <v>29.46668371914567</v>
       </c>
       <c r="H8">
-        <v>2.960253844303473</v>
+        <v>2.327434376833981</v>
       </c>
       <c r="I8">
-        <v>41.91727240482865</v>
+        <v>31.79684801972034</v>
       </c>
       <c r="J8">
-        <v>13.14481576692372</v>
+        <v>13.75111906893465</v>
       </c>
       <c r="K8">
-        <v>188.1023136246786</v>
+        <v>191.278066248881</v>
       </c>
       <c r="L8">
-        <v>1619.102313624679</v>
+        <v>1582.278066248881</v>
       </c>
       <c r="M8">
-        <v>19.93350471293915</v>
+        <v>17.20578268510229</v>
       </c>
       <c r="N8">
-        <v>15.65016525890561</v>
+        <v>13.01986187492006</v>
       </c>
       <c r="O8">
-        <v>11.66222852583989</v>
+        <v>9.122625258543525</v>
       </c>
       <c r="P8">
-        <v>7.940154241645225</v>
+        <v>5.48520441659206</v>
       </c>
       <c r="Q8">
-        <v>4.458213782237319</v>
+        <v>2.082455887024581</v>
       </c>
       <c r="R8">
-        <v>1.1938946015424</v>
+        <v>-1.107620859444935</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C9">
-        <v>159</v>
+        <v>183</v>
       </c>
       <c r="D9">
-        <v>140.6</v>
+        <v>149.7</v>
       </c>
       <c r="E9">
-        <v>146.08</v>
+        <v>154.44</v>
       </c>
       <c r="F9">
-        <v>3.89758179231865</v>
+        <v>3.166332665330662</v>
       </c>
       <c r="G9">
-        <v>8.824713492042225</v>
+        <v>6.228851144912778</v>
       </c>
       <c r="H9">
-        <v>0.7240318757998132</v>
+        <v>0.5123305700901026</v>
       </c>
       <c r="I9">
-        <v>9.042856931102516</v>
+        <v>6.324198264077574</v>
       </c>
       <c r="J9">
-        <v>3.89758179231865</v>
+        <v>3.166332665330662</v>
       </c>
       <c r="K9">
-        <v>55.77439544807999</v>
+        <v>44.04368737474942</v>
       </c>
       <c r="L9">
-        <v>1486.77439544808</v>
+        <v>1435.043687374749</v>
       </c>
       <c r="M9">
-        <v>10.13143669985777</v>
+        <v>6.299532398129593</v>
       </c>
       <c r="N9">
-        <v>6.19817110343428</v>
+        <v>2.503120526767821</v>
       </c>
       <c r="O9">
-        <v>2.536165203315854</v>
+        <v>-1.031469836224164</v>
       </c>
       <c r="P9">
-        <v>-0.8817069701280156</v>
+        <v>-4.330420841683368</v>
       </c>
       <c r="Q9">
-        <v>-4.079071261414202</v>
+        <v>-7.416536298403253</v>
       </c>
       <c r="R9">
-        <v>-7.076600284495004</v>
+        <v>-10.30976953907815</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C10">
-        <v>159</v>
+        <v>228</v>
       </c>
       <c r="D10">
-        <v>124.6</v>
+        <v>112.699</v>
       </c>
       <c r="E10">
-        <v>144.88</v>
+        <v>135.28</v>
       </c>
       <c r="F10">
-        <v>16.2760834670947</v>
+        <v>20.03655755596767</v>
       </c>
       <c r="G10">
-        <v>36.8515097368182</v>
+        <v>31.63666982521212</v>
       </c>
       <c r="H10">
-        <v>2.886093634070064</v>
+        <v>2.432079862262349</v>
       </c>
       <c r="I10">
-        <v>40.69547809573984</v>
+        <v>33.4233659929787</v>
       </c>
       <c r="J10">
-        <v>16.2760834670947</v>
+        <v>20.03655755596767</v>
       </c>
       <c r="K10">
-        <v>232.9107544141252</v>
+        <v>278.7085156035103</v>
       </c>
       <c r="L10">
-        <v>1663.910754414125</v>
+        <v>1669.70851560351</v>
       </c>
       <c r="M10">
-        <v>23.25264847512038</v>
+        <v>23.68211226692669</v>
       </c>
       <c r="N10">
-        <v>18.85076817243754</v>
+        <v>19.2648939716793</v>
       </c>
       <c r="O10">
-        <v>14.75246582166381</v>
+        <v>15.15231142093174</v>
       </c>
       <c r="P10">
-        <v>10.92738362760834</v>
+        <v>11.31390104023402</v>
       </c>
       <c r="Q10">
-        <v>7.349080929943552</v>
+        <v>7.723130038936143</v>
       </c>
       <c r="R10">
-        <v>3.994422150882837</v>
+        <v>4.356782225219402</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C11">
-        <v>221</v>
+        <v>259</v>
       </c>
       <c r="D11">
-        <v>104.05</v>
+        <v>105.9</v>
       </c>
       <c r="E11">
-        <v>127.06</v>
+        <v>129.89</v>
       </c>
       <c r="F11">
-        <v>22.11436809226335</v>
+        <v>22.65344664778091</v>
       </c>
       <c r="G11">
-        <v>36.02340503717107</v>
+        <v>31.48741618996574</v>
       </c>
       <c r="H11">
-        <v>2.749163310230274</v>
+        <v>2.393358124601908</v>
       </c>
       <c r="I11">
-        <v>38.46484665639811</v>
+        <v>32.81937671259723</v>
       </c>
       <c r="J11">
-        <v>22.11436809226335</v>
+        <v>22.65344664778091</v>
       </c>
       <c r="K11">
-        <v>316.4566074002885</v>
+        <v>315.1094428706324</v>
       </c>
       <c r="L11">
-        <v>1747.456607400288</v>
+        <v>1706.109442870632</v>
       </c>
       <c r="M11">
-        <v>29.44123017779916</v>
+        <v>26.37847724967648</v>
       </c>
       <c r="N11">
-        <v>24.81832910002062</v>
+        <v>21.86496020504516</v>
       </c>
       <c r="O11">
-        <v>20.51424878622679</v>
+        <v>17.66272019797466</v>
       </c>
       <c r="P11">
-        <v>16.49710716001922</v>
+        <v>13.74062952470883</v>
       </c>
       <c r="Q11">
-        <v>12.73913596130893</v>
+        <v>10.07157695939565</v>
       </c>
       <c r="R11">
-        <v>9.216037962518042</v>
+        <v>6.631840179414517</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C12">
-        <v>236</v>
+        <v>274</v>
       </c>
       <c r="D12">
-        <v>138.7</v>
+        <v>148.7</v>
       </c>
       <c r="E12">
-        <v>154.44</v>
+        <v>165.1</v>
       </c>
       <c r="F12">
-        <v>11.34823359769288</v>
+        <v>11.02891728312039</v>
       </c>
       <c r="G12">
-        <v>17.31086481003999</v>
+        <v>14.49054825519467</v>
       </c>
       <c r="H12">
-        <v>1.375806398656354</v>
+        <v>1.152065642293265</v>
       </c>
       <c r="I12">
-        <v>17.8180586030986</v>
+        <v>14.73530432922756</v>
       </c>
       <c r="J12">
-        <v>11.34823359769288</v>
+        <v>11.02891728312039</v>
       </c>
       <c r="K12">
-        <v>162.393222782985</v>
+        <v>153.4122394082046</v>
       </c>
       <c r="L12">
-        <v>1593.393222782985</v>
+        <v>1544.412239408205</v>
       </c>
       <c r="M12">
-        <v>18.02912761355446</v>
+        <v>14.40090662282998</v>
       </c>
       <c r="N12">
-        <v>13.81380162735608</v>
+        <v>10.31515995772889</v>
       </c>
       <c r="O12">
-        <v>9.889187778136899</v>
+        <v>6.51118892470377</v>
       </c>
       <c r="P12">
-        <v>6.226214852199008</v>
+        <v>2.960815960546981</v>
       </c>
       <c r="Q12">
-        <v>2.799562760192598</v>
+        <v>-0.3605006833416358</v>
       </c>
       <c r="R12">
-        <v>-0.4129235760634287</v>
+        <v>-3.474235036987217</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C13">
-        <v>281</v>
+        <v>305</v>
       </c>
       <c r="D13">
-        <v>106.2</v>
+        <v>125.9</v>
       </c>
       <c r="E13">
-        <v>135.28</v>
+        <v>161.1</v>
       </c>
       <c r="F13">
-        <v>27.38229755178907</v>
+        <v>27.95869737887211</v>
       </c>
       <c r="G13">
-        <v>35.08052355389346</v>
+        <v>33.00042969309494</v>
       </c>
       <c r="H13">
-        <v>2.617542461836186</v>
+        <v>2.454598738218361</v>
       </c>
       <c r="I13">
-        <v>36.35131063229701</v>
+        <v>33.77577665776157</v>
       </c>
       <c r="J13">
-        <v>27.38229755178907</v>
+        <v>27.95869737887211</v>
       </c>
       <c r="K13">
-        <v>391.8406779661016</v>
+        <v>388.9054805401111</v>
       </c>
       <c r="L13">
-        <v>1822.840677966102</v>
+        <v>1779.905480540111</v>
       </c>
       <c r="M13">
-        <v>35.02523540489641</v>
+        <v>31.84485041037859</v>
       </c>
       <c r="N13">
-        <v>30.20290556900726</v>
+        <v>27.13610575286507</v>
       </c>
       <c r="O13">
-        <v>25.71315020455873</v>
+        <v>22.75210210621456</v>
       </c>
       <c r="P13">
-        <v>21.52271186440677</v>
+        <v>18.66036536934075</v>
       </c>
       <c r="Q13">
-        <v>17.60262438490978</v>
+        <v>14.83261164774909</v>
       </c>
       <c r="R13">
-        <v>13.92754237288136</v>
+        <v>11.24409253375693</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C14">
-        <v>312</v>
+        <v>410</v>
       </c>
       <c r="D14">
-        <v>100.19</v>
+        <v>113.55</v>
       </c>
       <c r="E14">
-        <v>129.89</v>
+        <v>157.34</v>
       </c>
       <c r="F14">
-        <v>29.64367701367401</v>
+        <v>38.56450902686041</v>
       </c>
       <c r="G14">
-        <v>34.2042427080854</v>
+        <v>33.86152012114573</v>
       </c>
       <c r="H14">
-        <v>2.527761391629246</v>
+        <v>2.415285738755579</v>
       </c>
       <c r="I14">
-        <v>34.92663835756198</v>
+        <v>33.16109944207617</v>
       </c>
       <c r="J14">
-        <v>29.64367701367401</v>
+        <v>38.56450902686041</v>
       </c>
       <c r="K14">
-        <v>424.201018065675</v>
+        <v>536.4323205636283</v>
       </c>
       <c r="L14">
-        <v>1855.201018065675</v>
+        <v>1927.432320563628</v>
       </c>
       <c r="M14">
-        <v>37.42229763449445</v>
+        <v>42.77276448619469</v>
       </c>
       <c r="N14">
-        <v>32.51435843326252</v>
+        <v>37.67373718311631</v>
       </c>
       <c r="O14">
-        <v>27.94489779763276</v>
+        <v>32.92636693542266</v>
       </c>
       <c r="P14">
-        <v>23.680067871045</v>
+        <v>28.49548803757522</v>
       </c>
       <c r="Q14">
-        <v>19.69038826230161</v>
+        <v>24.35047229442764</v>
       </c>
       <c r="R14">
-        <v>15.95006362910469</v>
+        <v>20.46452003522678</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C15">
-        <v>327</v>
+        <v>441</v>
       </c>
       <c r="D15">
-        <v>136.35</v>
+        <v>106.55</v>
       </c>
       <c r="E15">
-        <v>165.1</v>
+        <v>151.56</v>
       </c>
       <c r="F15">
-        <v>21.08544187752108</v>
+        <v>42.24307836696389</v>
       </c>
       <c r="G15">
-        <v>23.21333050736266</v>
+        <v>34.4841456056848</v>
       </c>
       <c r="H15">
-        <v>1.770782307902752</v>
+        <v>2.426016292136279</v>
       </c>
       <c r="I15">
-        <v>23.44609467866601</v>
+        <v>33.32861927814843</v>
       </c>
       <c r="J15">
-        <v>21.08544187752108</v>
+        <v>42.24307836696389</v>
       </c>
       <c r="K15">
-        <v>301.7326732673266</v>
+        <v>587.6012200844675</v>
       </c>
       <c r="L15">
-        <v>1732.732673267327</v>
+        <v>1978.601220084468</v>
       </c>
       <c r="M15">
-        <v>28.35056839017236</v>
+        <v>46.56305333959019</v>
       </c>
       <c r="N15">
-        <v>23.76661951909478</v>
+        <v>41.32865857746197</v>
       </c>
       <c r="O15">
-        <v>19.49880505291908</v>
+        <v>36.45525655754949</v>
       </c>
       <c r="P15">
-        <v>15.51551155115511</v>
+        <v>31.90674800563118</v>
       </c>
       <c r="Q15">
-        <v>11.78920472692431</v>
+        <v>27.65169161835275</v>
       </c>
       <c r="R15">
-        <v>8.295792079207921</v>
+        <v>23.66257625527923</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C16">
-        <v>358</v>
+        <v>501</v>
       </c>
       <c r="D16">
-        <v>119.3</v>
+        <v>108.75</v>
       </c>
       <c r="E16">
-        <v>161.1</v>
+        <v>156.04</v>
       </c>
       <c r="F16">
-        <v>35.03772003352892</v>
+        <v>43.48505747126437</v>
       </c>
       <c r="G16">
-        <v>35.2334614862302</v>
+        <v>31.24674788354326</v>
       </c>
       <c r="H16">
-        <v>2.549132613575367</v>
+        <v>2.18558164926379</v>
       </c>
       <c r="I16">
-        <v>35.2645201411768</v>
+        <v>29.6210263223718</v>
       </c>
       <c r="J16">
-        <v>35.03772003352892</v>
+        <v>43.48505747126437</v>
       </c>
       <c r="K16">
-        <v>501.3897736797987</v>
+        <v>604.8771494252874</v>
       </c>
       <c r="L16">
-        <v>1932.389773679799</v>
+        <v>1995.877149425287</v>
       </c>
       <c r="M16">
-        <v>43.13998323554067</v>
+        <v>47.84275180928055</v>
       </c>
       <c r="N16">
-        <v>38.02784097712851</v>
+        <v>42.56265353037767</v>
       </c>
       <c r="O16">
-        <v>33.26826025377922</v>
+        <v>37.64669996036465</v>
       </c>
       <c r="P16">
-        <v>28.82598491198658</v>
+        <v>33.05847662835249</v>
       </c>
       <c r="Q16">
-        <v>24.67030797934186</v>
+        <v>28.76626770485726</v>
       </c>
       <c r="R16">
-        <v>20.77436085498743</v>
+        <v>24.74232183908045</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" t="s">
         <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C17">
-        <v>463</v>
+        <v>1536</v>
       </c>
       <c r="D17">
-        <v>106.25</v>
+        <v>118.85</v>
       </c>
       <c r="E17">
-        <v>157.34</v>
+        <v>232.75</v>
       </c>
       <c r="F17">
-        <v>48.08470588235294</v>
+        <v>95.83508624316366</v>
       </c>
       <c r="G17">
-        <v>37.38767628001525</v>
+        <v>22.46134833824148</v>
       </c>
       <c r="H17">
-        <v>2.576571115290904</v>
+        <v>1.321354368744143</v>
       </c>
       <c r="I17">
-        <v>35.69946354934386</v>
+        <v>17.06089406976989</v>
       </c>
       <c r="J17">
-        <v>48.08470588235294</v>
+        <v>95.83508624316366</v>
       </c>
       <c r="K17">
-        <v>688.0921411764707</v>
+        <v>1333.066049642407</v>
       </c>
       <c r="L17">
-        <v>2119.092141176471</v>
+        <v>2724.066049642407</v>
       </c>
       <c r="M17">
-        <v>56.96978823529412</v>
+        <v>101.782670343882</v>
       </c>
       <c r="N17">
-        <v>51.36372436974792</v>
+        <v>94.57614640302903</v>
       </c>
       <c r="O17">
-        <v>46.14428559837729</v>
+        <v>87.86662411326942</v>
       </c>
       <c r="P17">
-        <v>41.2728094117647</v>
+        <v>81.60440330949376</v>
       </c>
       <c r="Q17">
-        <v>36.71562201138521</v>
+        <v>75.74619675112299</v>
       </c>
       <c r="R17">
-        <v>32.4432588235294</v>
-[...167 lines deleted...]
-        <v>82.5215092064884</v>
+        <v>70.25412810265041</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>carry_trade</vt:lpstr>